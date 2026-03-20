--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -243,51 +243,51 @@
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
               <w:t>Dimensions de fabrication (L xlxh)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
-              <w:t>*247x75x38 mm</w:t>
+              <w:t>*246x75x38 mm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
@@ -1111,50 +1111,64 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00024F65" w:rsidP="005C795D" w:rsidRDefault="00024F65" w14:paraId="1D2EDDBE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00790A39" w:rsidP="00790A39" w:rsidRDefault="00790A39" w14:paraId="6B04159D" w14:textId="03C757CF">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>*Dimensions peuvent varier en fonction des productions. Pour la version la plus actuelle voir sur www.vandemoortel.be. Ce document n’est pas contractuel, il annule et remplace les précédents. Le fabriquant se réserve le droit de modifier la gamme de produits ou les caractéristiques des produits.  L’utilisateur doit s’assurer d’être en possession de la dernière version du texte descriptif.</w:t>
+        <w:br/>
+        <w:t>&lt;br&gt; &lt;br&gt;</w:t>
+        <w:br/>
+        <w:t>On considère dans le cas de briques destinées à la maçonnerie apparente que dans minimum 90% de la fourniture, au moins une panneresse et une boutisse ne présentent aucun dégât. Le nombre de briques avec défaut ne peut dépasser les 5%. Sont considérés comme défaut; la présence d’inclusions qui, par gonflement, pourrait provoquer des éclats dans la surface de la brique,  des fissures ayant une largeur = 0.2 mm reliant au moins deux arêtes. Tout dégât et défaut doivent toujours être signalés avant la mise en œuvre.</w:t>
+        <w:br/>
+        <w:t>&lt;br&gt; &lt;br&gt;</w:t>
+        <w:br/>
+        <w:t>Nos briques de parement ont été développées et produites pour une maçonnerie apparente sans finition supplémentaire.</w:t>
+        <w:br/>
+        <w:t>Si toutefois un traitement complémentaire devait être choisi, tel que la peinture, le badigeonnage, un enduit (mortier ‘Chipperfield’ ou autre), l'hydrophobisation ou toute autre application similaire, celui-ci sera effectué aux risques et périls du transformateur et/ou du donneur d'ordre.</w:t>
+        <w:br/>
+        <w:t>Avant tout traitement de ce type, un essai doit toujours être effectué sur le chantier ou sur un échantillon représentatif afin d'évaluer l'adéquation et le résultat esthétique de l'application.</w:t>
+        <w:br/>
+        <w:t>Les éventuelles conséquences négatives, y compris (mais sans s'y limiter) les variations de couleur, les problèmes d'adhérence, les défauts esthétiques, les dommages ou les réclamations ultérieures résultant de ces traitements complémentaires, ne sont pas couvertes par les spécifications du produit et les conditions de garantie de Briqueterie Vande Moortel et ne peuvent donc pas nous être imputées.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A73FF7" w:rsidP="00043D1C" w:rsidRDefault="00A73FF7" w14:paraId="0DE166F5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:before="142"/>
         <w:rPr>
           <w:color w:val="111111"/>
           <w:w w:val="105"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00043D1C" w:rsidP="00043D1C" w:rsidRDefault="00043D1C" w14:paraId="6921FD65" w14:textId="73869A7B">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:before="142"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t>Photo du produit</w:t>
       </w:r>
@@ -3054,51 +3068,51 @@
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="00F25199" w14:paraId="5C3DAD1D" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:ind w:firstLine="340"/>
                             <w:rPr>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
-                            <w:t>03-02-2026</w:t>
+                            <w:t>20-03-2026</w:t>
                           </w:r>
                         </w:p>
                         <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="28D88568" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:rPr>
                               <w:sz w:val="13"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="004D54FD" w14:paraId="0DF136AA" w14:textId="312CBC39">
                           <w:pPr>
                             <w:spacing w:before="9"/>
                             <w:ind w:left="340"/>
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>