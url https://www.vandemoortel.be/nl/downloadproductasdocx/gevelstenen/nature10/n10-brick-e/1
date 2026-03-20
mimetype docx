--- v0 (2026-02-03)
+++ v1 (2026-03-20)
@@ -90,89 +90,89 @@
         <w:spacing w:before="109"/>
         <w:ind w:left="0" w:firstLine="464"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
         </w:rPr>
         <w:t>TEXTUUR, TYPE &amp; KLEUR</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E47813" w:rsidP="00901CEA" w:rsidRDefault="00094E90" w14:paraId="2ECC4485" w14:textId="1F14E6AC">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Het decoratief metselwerk (binnen- en/of buitenparement) wordt opgetrokken in een volle, onbezande, authentiek kolen gebrande baksteen met unieke kleurenschakeringen. De stenen worden hand gezet en door toevoeging van een fijn kolenmengsel en de manuele zetwijze gereduceerd gebakken.  Door de natuurlijke reductie met steenkool hebben sommige gevelstenen een licht veldbrand -aspect en bevatten een aantal zichtzijden van de steen steenkoolresten en sporen van de manuele zetwijze. Door de atmosferische verschillen in de oven hebben een aantal stenen  blekere en een donkerdere zijden. De kleur is rood in de massa en sterk genuanceerd van rood, rood-bruin tot paars-blauw.</w:t>
+        <w:t>Het decoratief metselwerk (binnen- en/of buitenparement) wordt opgetrokken in een onbezande, authentiek kolen gebrande baksteen met frog en unieke kleurenschakeringen. De stenen worden hand gezet en door toevoeging van een fijn kolenmengsel en de manuele zetwijze gereduceerd gebakken. Door de natuurlijke reductie met steenkool hebben sommige gevelstenen een licht veldbrand -aspect en bevatten een aantal zichtzijden van de steen steenkoolresten en sporen van de manuele zetwijze. Door de atmosferische verschillen in de oven hebben een aantal stenen blekere en een donkerdere zijden. De kleur is rood in de massa en sterk genuanceerd van rood, rood-bruin tot paars-blauw.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="6D6D739C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E47813" w:rsidRDefault="004D336A" w14:paraId="1AF92AF3" w14:textId="24B71EAB">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
         </w:rPr>
         <w:t>GRONDSTOF &amp; PRODUCTIE &amp; UITZICHT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E47813" w:rsidP="00901CEA" w:rsidRDefault="00094E90" w14:paraId="63F168BE" w14:textId="0991ECCE">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="463"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Dit volledig natuurlijk product is gemaakt uit alluviale klei uit het Kwartair, afkomstig uit de Scheldevallei. De steen wordt in een onbezande mal gevormd door het inbrengen van een klomp klei en is gebakken op minstens 1150 °C .    De gevelsteen is een volle vormbaksteen en heeft een lichte structuur. Hij is vrij van kalk en andere insluitsels en vertoont minstens één strek en één kop welke vrij zijn van scheuren of andere aspecten die nadelig zijn voor het globaal uitzicht van het metselwerk. </w:t>
+        <w:t>De gevelsteen is een vormbaksteen met frog en heeft een lichte structuur. Hij is vrij van kalk en andere insluitsels en vertoont minstens één strek en één kop welke vrij zijn van scheuren of andere aspecten die nadelig zijn voor het globaal uitzicht van het metselwerk.  Dit volledig natuurlijk product is gemaakt uit alluviale klei uit het Kwartair, afkomstig uit de Scheldevallei. De steen wordt in een onbezande mal gevormd door het inbrengen van een klomp klei en is gebakken op minstens 1150 °C .  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="3F4C3144" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E47813" w:rsidRDefault="004D336A" w14:paraId="690ADB49" w14:textId="22390619">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
         </w:rPr>
         <w:t>TECHNISCHE KENMERKEN</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00313819" w:rsidR="00EB6C33" w:rsidP="00901CEA" w:rsidRDefault="004D336A" w14:paraId="16D8BA1F" w14:textId="1EA82559">
       <w:pPr>
@@ -995,82 +995,50 @@
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                   <w:tcW w:w="1700" w:type="dxa"/>
                 </w:tcPr>
               </w:rPr>
               <w:t>vorstbestandheid</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                   <w:tcW w:w="9060" w:type="dxa"/>
                 </w:tcPr>
               </w:rPr>
               <w:t>F2 (volgens EN 772-22)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...30 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p w:rsidR="00FB533A" w:rsidRDefault="00FB533A" w14:paraId="3615DA29" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004A7C85" w:rsidP="004A7C85" w:rsidRDefault="004A7C85" w14:paraId="2BB3CA93" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Kop2"/>
         <w:keepLines/>
         <w:spacing w:before="134"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
         </w:rPr>
         <w:t>aanvullende eigenschappen volgens de BRL 52230 voor Nederland</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="6CA52927" w14:textId="77777777">
       <w:pPr>
@@ -1307,50 +1275,64 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00024F65" w:rsidP="005C795D" w:rsidRDefault="00024F65" w14:paraId="1D2EDDBE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00790A39" w:rsidP="00790A39" w:rsidRDefault="00790A39" w14:paraId="6B04159D" w14:textId="03C757CF">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>*Afmetingen kunnen variëren in functie van de producties. Voor de meest actuele versie zie www.vandemoortel.be.  Dit document is niet bindend en vernietigt alle voorgaande publicaties. De fabrikant behoudt zich het recht om het productengamma en haar karakteristieken te wijzigen. De gebruiker dient er zich steeds van te vergewissen te beschikken over de meest recente beschrijvingstekst.</w:t>
+        <w:br/>
+        <w:t>&lt;br&gt; &lt;br&gt;</w:t>
+        <w:br/>
+        <w:t>Bij een steekproef van 100 stenen zullen ten minste 90 stenen één onbeschadigde kop en één onbeschadigde strek vertonen. Het aantal stenen met fouten mag de 5% niet overschrijden. Worden als fout beschouwd; de aanwezigheid van insluitsels die door zwelling aanleiding kunnen geven tot een afschilfering in het oppervlak  van de steen, scheuren met breedte &gt;of= 0,2 mm die aangrijpen op ten minste 2 ribben. Beschadigingen en fouten dienen steeds voor de verwerking gemeld te worden.</w:t>
+        <w:br/>
+        <w:t>&lt;br&gt; &lt;br&gt;</w:t>
+        <w:br/>
+        <w:t>Onze gevelstenen zijn ontwikkeld en geproduceerd voor zichtbaar metselwerk zonder bijkomende afwerking.</w:t>
+        <w:br/>
+        <w:t>Indien toch wordt gekozen voor een aanvullende behandeling, zoals schilderen, kaleien, chipperen, hydrofoberen of gelijkaardige toepassingen, gebeurt dit op risico van de verwerker en/of opdrachtgever.</w:t>
+        <w:br/>
+        <w:t>Voorafgaand aan elke dergelijke behandeling dient steeds een proef op het werk of op een representatief staal te worden uitgevoerd, teneinde de geschiktheid en het esthetisch resultaat van de toepassing te beoordelen.</w:t>
+        <w:br/>
+        <w:t>Eventuele nadelige gevolgen, waaronder (maar niet beperkt tot) kleurafwijkingen, hechtingsproblemen, esthetische gebreken, schade of latere klachten die voortvloeien uit deze aanvullende behandelingen, vallen buiten de productspecificaties en garantievoorwaarden van Steenbakkerij Vande Moortel en kunnen derhalve niet op ons worden verhaald.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A73FF7" w:rsidP="00043D1C" w:rsidRDefault="00A73FF7" w14:paraId="0DE166F5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:before="142"/>
         <w:rPr>
           <w:color w:val="111111"/>
           <w:w w:val="105"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00043D1C" w:rsidP="00043D1C" w:rsidRDefault="00043D1C" w14:paraId="6921FD65" w14:textId="73869A7B">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:before="142"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t>Productfoto</w:t>
       </w:r>
@@ -3250,51 +3232,51 @@
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="00F25199" w14:paraId="5C3DAD1D" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:ind w:firstLine="340"/>
                             <w:rPr>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
-                            <w:t>03-02-2026</w:t>
+                            <w:t>20-03-2026</w:t>
                           </w:r>
                         </w:p>
                         <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="28D88568" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:rPr>
                               <w:sz w:val="13"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="004D54FD" w14:paraId="0DF136AA" w14:textId="312CBC39">
                           <w:pPr>
                             <w:spacing w:before="9"/>
                             <w:ind w:left="340"/>
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>